--- v0 (2025-11-05)
+++ v1 (2026-01-03)
@@ -9,119 +9,131 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Shuchkin\SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <si>
     <t>Tender Number</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Procurement Methods</t>
   </si>
   <si>
     <t>Published Date</t>
   </si>
   <si>
     <t>Close Date</t>
   </si>
   <si>
     <t>Notice Type</t>
   </si>
   <si>
+    <t>Test123</t>
+  </si>
+  <si>
+    <t>Implementation of the Proactive Regional Planning to Develop an Adaptive Basin Plan</t>
+  </si>
+  <si>
+    <t>Cancel Procurement</t>
+  </si>
+  <si>
+    <t>12 Nov 2025</t>
+  </si>
+  <si>
+    <t>Cancel</t>
+  </si>
+  <si>
     <t>No. RFQ24-00271</t>
   </si>
   <si>
     <t>Supply of IT Equipment</t>
   </si>
   <si>
     <t>Request for Quotations</t>
   </si>
   <si>
     <t>04 Nov 2024</t>
   </si>
   <si>
     <t>18 Nov 2024</t>
   </si>
   <si>
     <t>Open</t>
   </si>
   <si>
     <t>No. 044-2024</t>
   </si>
   <si>
     <t>MRC-RFDMC Office Renovation Commission Secretariat</t>
   </si>
   <si>
     <t>Request for quotation</t>
   </si>
   <si>
     <t>10 Sep 2024</t>
   </si>
   <si>
     <t>Awarded</t>
   </si>
   <si>
     <t>No. 005-2023</t>
   </si>
   <si>
     <t>Consultancy Services External Auditor to Audit MRCS Accounts for 2022-2024</t>
   </si>
   <si>
     <t>Request</t>
   </si>
   <si>
     <t>28 Feb 2023</t>
   </si>
   <si>
     <t>No. 054 -2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>Implementation of the Proactive Regional Planning to Develop an Adaptive Basin Plan</t>
   </si>
   <si>
     <t>06 Jan 2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -139,152 +151,172 @@
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F5"/>
+  <dimension ref="A1:F6"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="1"/>
     <col min="2" max="2" width="60" customWidth="1"/>
     <col min="3" max="3" width="23" customWidth="1"/>
     <col min="4" max="4" width="15" customWidth="1"/>
     <col min="5" max="5" width="12" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F2" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>11</v>
+      </c>
+      <c r="B3" t="s">
         <v>12</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>13</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>14</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>15</v>
       </c>
-      <c r="E3"/>
       <c r="F3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4"/>
       <c r="F4" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C5" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="D5" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">
-        <v>16</v>
+        <v>21</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B6" t="s">
+        <v>7</v>
+      </c>
+      <c r="C6" t="s">
+        <v>24</v>
+      </c>
+      <c r="D6" t="s">
+        <v>27</v>
+      </c>
+      <c r="E6"/>
+      <c r="F6" t="s">
+        <v>21</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>